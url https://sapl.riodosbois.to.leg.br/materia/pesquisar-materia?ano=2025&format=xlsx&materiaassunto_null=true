--- v0 (2025-11-21)
+++ v1 (2026-01-16)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="536" uniqueCount="258">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="648" uniqueCount="302">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -196,50 +196,113 @@
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1382/autografo_de_lei_no_11-2025.pdf</t>
   </si>
   <si>
     <t>Reestrutura o Conselho Municipal da Educação - CME, e dá outras providências.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1392/autografo_de_lei_no_12-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Fórum Permanente de Educação no município de Rio dos Bois - TO e adota outras providências.</t>
   </si>
   <si>
+    <t>1397</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1397/autografo_de_lei_no_13-2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Política de Alfabetização e adota outras providências.</t>
+  </si>
+  <si>
+    <t>1398</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1398/autografo_de_lei_no_14-2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Código Sanitário do Município de Rio dos Bois/Tocantins.</t>
+  </si>
+  <si>
+    <t>1399</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1399/autografo_de_lei_no_15-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o plano plurianual do município de Rio dos Bois, para o período de 2026 a 2029, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1400</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>LINDISNEY FERREIRA, GLEICIMAR ARAUJO, JOSEVALDO GUIMARÃES</t>
+  </si>
+  <si>
+    <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1400/autografo_de_lei_no_16-2025.pdf</t>
+  </si>
+  <si>
+    <t>Estima a receita e fixa a despesa do município de Rio dos Bois, Estado de Tocantins, para o exercício financeiro de 2026 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1401</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1401/autografo_de_lei_no_17-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as diretrizes gerais para a elaboração da Lei Orçamentária de 2026 (ano referência de 2026) e dá outras providências.</t>
+  </si>
+  <si>
     <t>1305</t>
   </si>
   <si>
     <t>CCJR</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE CONST. JUST E REDAÇÃO</t>
   </si>
   <si>
     <t>CCJR - COMISSÃO DE CONSTITUIÇÃO, JUSTICA E REDAÇÃO</t>
   </si>
   <si>
     <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1305/parecer_da_comissao_de_justica.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição, Justiça e Redação referente ao Projeto de Resolução nº 001/2025 que "Autoriza o Poder Legislativo Municipal a firmar convênio com a Cooperativa de Crédito de Livre Admissão do Tocantins CNPJ: 26.960.328/0001-43 e dá outras providências."</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1332/parecer_constituicao_e_justica_proj_001-2025.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição, Justiça e Redação referente ao Projeto de Lei nº 001/2025 que "Dispõe sobre a fixação dos valores das diárias de deslocamento e dá outras providências."</t>
@@ -317,59 +380,92 @@
     <t>Parecer da Comissão de Constituição e Justiça referente ao Projeto de Lei nº 07/2025 que "Prorroga a vigência do Plano Municipal de Educação (PME) aprovado pela Lei Municipal n° 004/2015, de 01 de junho de 2015, e dá outras providências."</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1388/parecer_04.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição e Justiça referente ao Projeto de Lei nº 05/2025 que "Dispõe sobre a autorização para a aquisição de imóvel, institui programa habitacional de interesse social e abre crédito especial, e dá outras providências._x000D_
 "</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
     <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1389/parecer_05.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição e Justiça referente ao Projeto de Lei Complementar nº 02/2025 que "Dispõe sobre a criação do cargo de técnico em saúde bucal no quadro de servidores públicos do município de Rio dos Bois - TO, e dá outras providências."</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
-    <t>13</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1393/parecer_proj_no_010_constituicao_e_justica.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição e Justiça referente ao Projeto de Lei nº 010/2025 que "Dispõe sobre a reestruturação do Fórum Permanente de Educação de Rio dos Bois - TO, e adota outras providências."</t>
   </si>
   <si>
+    <t>1396</t>
+  </si>
+  <si>
+    <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1396/parecer_constituicao_e_justica_proj_014_e_015-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Constituição e Justiça referente ao Projeto de Lei nº 014/2025 que "Institui a política municipal de alfabetização e adota outras providências."</t>
+  </si>
+  <si>
+    <t>1402</t>
+  </si>
+  <si>
+    <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1402/parecer_constituicao_e_justica_proj_no_011.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Constituição e Justiça referente ao Projeto de Lei nº 011/2025 que "Dispõe sobre o Plano Plurianual - PPA 2026-2029 para o Município de Rio dos Bois/TO, que especifica e dá outras providências."</t>
+  </si>
+  <si>
+    <t>1403</t>
+  </si>
+  <si>
+    <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1403/parecer_constituicao_e_justica_proj_no_012.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Constituição e Justiça referente ao Projeto de Lei nº 012/2025 que "Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Rio dos Bois para o exercício financeiro de 2026, que especifica e dá outras providências."</t>
+  </si>
+  <si>
+    <t>1404</t>
+  </si>
+  <si>
+    <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1404/parecer_constituicao_e_justica_proj_no_013.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Constituição e Justiça referente ao Projeto de Lei nº 013/2025 que "Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2026 (Ano Referência de 2026) e dá outras providências."</t>
+  </si>
+  <si>
     <t>1306</t>
   </si>
   <si>
     <t>CFO</t>
   </si>
   <si>
     <t>PARECER DA COMISSÃO DE ORÇAMENTO E FINANÇAS</t>
   </si>
   <si>
     <t>CFO - COMISSÃO FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
     <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1306/parece_da_comissao_financas.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Orçamento e Finanças referente ao Projeto de Resolução nº 001/2025 que "Autoriza o Poder Legislativo Municipal a firmar convênio com a Cooperativa de Crédito de Livre Admissão do Tocantins CNPJ: 26.960.328/0001-43 e dá outras providências."</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1333/parecer_orcamento_e_financas_proj_001-2025.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Orçamento e Finanças referente ao Projeto de Lei nº 001/2025 que "Dispõe sobre a fixação dos valores das diárias de deslocamento e dá outras providências."</t>
@@ -425,50 +521,86 @@
   <si>
     <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1383/parecer_proj_no_02-2025.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Orçamento e Finanças referente ao Projeto de Lei Complementar nº 02/2025 que "Dispõe sobre a criação do cargo de técnico em saúde bucal no quadro de servidores públicos do município de Rio dos Bois - TO, e dá outras providências."</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
     <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1384/parecer_proj_no_05-2025.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Orçamento e Finanças referente ao Projeto de Lei  nº 05/2025 que "Dispõe sobre a autorização para a aquisição de imóvel, institui programa habitacional de interesse social e abre crédito especial, e dá outras providências."</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1391/parecer_proj_no_010_orccamento_e_financas.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Orçamento e Finanças referente ao Projeto de Lei nº 010/2025 que "Dispõe sobre a reestruturação do Fórum Permanente de Educação de Rio dos Bois - TO, e adota outras providências."</t>
   </si>
   <si>
+    <t>1395</t>
+  </si>
+  <si>
+    <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1395/parecer_orcamento_e_financas_proj_014_e_015-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Orçamento e Finanças referente ao Projeto de Lei nº 015/2025 que "Institui o Código Sanitário do Município de Rio dos Bois/TO."</t>
+  </si>
+  <si>
+    <t>1405</t>
+  </si>
+  <si>
+    <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1405/perecer_orcamento_e_financas_proj_no_011.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Orçamento e Finanças referente ao Projeto de Lei nº 011/2025 que "Dispõe sobre o Plano Plurianual - PPA 2026-2029 para o Município de Rio dos Bois/TO, que especifica e dá outras providências."</t>
+  </si>
+  <si>
+    <t>1406</t>
+  </si>
+  <si>
+    <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1406/perecer_orcamento_e_financas_proj_no_012.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Orçamento e Finanças referente ao Projeto de Lei nº 012/2025 que "Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Rio dos Bois para o exercício financeiro de 2026, que especifica e dá outras providências."</t>
+  </si>
+  <si>
+    <t>1407</t>
+  </si>
+  <si>
+    <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1407/perecer_orcamento_e_financas_proj_no_013.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Orçamento e Finanças referente ao Projeto de Lei nº 013/2025 que "Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2026 (Ano Referência de 2026) e dá outras providências."</t>
+  </si>
+  <si>
     <t>1307</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1307/projeto_de_resolucao_001_2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Legislativo Municipal a firmar convênio com a Cooperativa de Crédito de Livre Admissão do Tocantins CNPJ: 26.960.328/0001-43 e dá outras providências."</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>ROBERTO FRAGOSO</t>
@@ -581,92 +713,80 @@
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1359/requerimento_n_12-2025.pdf</t>
   </si>
   <si>
     <t>REQUER ao senhor presidente desta casa de leis que encaminhe expediente senhor Prefeito Municipal, solicitando a construção de três quebra-molas no setor Meu Xodó.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>EVANDRO DA SILVA, JOSE DO BONFIM</t>
   </si>
   <si>
     <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1360/requerimento_n_13-2025.pdf</t>
   </si>
   <si>
     <t>REQUER ao senhor presidente desta casa de leis que encaminhe expediente ao Sr. Prefeito Municipal, solicitando que coloque o nome do senhor Morvan Costa, no ginásio que está ainda em construção.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
-    <t>14</t>
-[...1 lines deleted...]
-  <si>
     <t>EVANDRO DA SILVA, GLEICIMAR ARAUJO, JACINTO NETO, JOSE DO BONFIM, JOSEVALDO GUIMARÃES, LINDISNEY FERREIRA, RAIMUNDO ARAUJO, ROBERTO FRAGOSO, ROGERIO FERNANDES</t>
   </si>
   <si>
     <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1361/requerimento_n_14-2025.pdf</t>
   </si>
   <si>
     <t>REQUER ao senhor presidente desta casa de leis que encaminhe expediente ao Sr. Prefeito Municipal, solicitando a instalação de caxa d'água, instalação de banheiro sanitário, pias sanitárias, perfuração de poços, cisternas, uma cobertura de frente o portão do cemitério Jardim das Palmeiras, denominado velódromo, para dá apoio aos entes queridos.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
-    <t>15</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1362/requerimento_n_15-2025.pdf</t>
   </si>
   <si>
     <t>REQUER ao senhor presidente desta casa de leis que encaminhe expediente ao Sr. Prefeito Municipal, solicitando que coloque o nome do José Maria Vieira Damasceno, no Ginásio que está ainda em construção.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
-    <t>16</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1363/requerimento_n_16-2025.pdf</t>
   </si>
   <si>
     <t>REQUER encaminhe expediente ao Sr. Prefeito Municipal, solicitando extensão da rede de energia elétrica, saindo do Setor Meu Xodó às margens da BR-153, até as chácaras dos curica, beneficiando e melhorando qualidade de vida dos moradores e comerciantes.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
-    <t>17</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1364/requerimento_n_17-2025.pdf</t>
   </si>
   <si>
     <t>REQUER ao senhor presidente desta casa de leis que encaminhe expediente ao Sr. Prefeito Municipal, solicitando duas placas na ponte Raimundo "Curica' alertando a passagem permitida que a mesma suporta 46 toneladas. Mas, no entanto, estão passando quase todos os dias, com passagem muito acima do permitido.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1365/requerimento_n_18-2025.pdf</t>
   </si>
   <si>
     <t>REQUER ao senhor presidente desta casa de leis que encaminhe expediente ao Sr. Prefeito Municipal, solicitando o cascalhamento da região da Ilha até a beira da Ferrovia Raimundo Sansão.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1366/requerimento_n_19-2025.pdf</t>
@@ -762,50 +882,62 @@
     <t>REQUER que encaminhe expediente ao Sr. Prefeito Municipal, Joel Rufino, solicitação para que junto ao setor responsável seja tornada a seguinte providência: 1) Manutenção da ponte sobre o córrego gorgulho próximo ao senhor Zé Ramalho; 2) Instalação de corrimão e placas de indicação sobre o córrego gorgulho na fazenda Pindorama.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1374/requerimento_no_27-08-2025.pdf</t>
   </si>
   <si>
     <t>REQUER que encaminhe expediente ao Sr. Prefeito Municipal, para providenciar a colocação de dois (02) quebra-molas na estrada as margens da BR 153, próximo a Borracharia do Senhor Marcio Pires, conhecido popularmente como Índio.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1390/requerimento_no_28-2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ao Excelentíssimo Sr. Prefeito Municipal, para determinar ao setor competente que proceda coma a troca das lâmpadas na praça da liberdade.</t>
+  </si>
+  <si>
+    <t>1394</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1394/requerimento_no_29-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado ao Excelentíssimo Sr. Prefeito Municipal e à Srª Secretaria Municipal de Saúde, que os mesmos promovam estudos e envie para apreciação do Poder Legislativo Municipal, um Projeto de Lei que estabelece o plano de cargos, carreiras e remunerações dos profissionais de saúde do município - PCCS.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1352/indicacoaao_n_01-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor prefeito municipal Joel Rufino a colocação/construção de quebra-molas na Avenida Vieira de Barros, setor Jabaquara em frente à Igreja Nova Aliança.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
     <t>https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1357/indicacao_n_02-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao senhor prefeito municipal Joel Rufino a colocação/construção de quebra-molas na Avenida Francisco Anastácio de Brito, setor comercial.</t>
   </si>
@@ -1133,56 +1265,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1336/autografo_de_lei_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1337/autografo_de_lei_n_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1331/autografo_de_lei_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1350/autougrafo_de_lei_n_04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1351/autougrafo_de_lei_n_05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1377/autografo_de_lei_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1378/autografo_de_lei_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1379/autografo_de_lei_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1380/autografo_de_lei_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1381/autografo_de_lei_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1382/autografo_de_lei_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1392/autografo_de_lei_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1305/parecer_da_comissao_de_justica.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1332/parecer_constituicao_e_justica_proj_001-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1338/parecer_constituicao_e_justica_proj_003-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1339/parecer_contituicao_e_justica_proj_002-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1353/parecer_constituicoaao_e_justicoa_proj_de_lei_complementar.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1354/parecer_constituicoaao_e_justicoa_proj_004-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1376/parecer_constituicao_e_justica_proj_06-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1385/parecer_01.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1386/parecer_02.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1387/parecer_03.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1388/parecer_04.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1389/parecer_05.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1393/parecer_proj_no_010_constituicao_e_justica.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1306/parece_da_comissao_financas.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1333/parecer_orcamento_e_financas_proj_001-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1340/parecer_orcamento_e_financas_proj_002-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1341/parecer_orcamento_e_financas_proj_003-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1355/parecer_orcoamento_e_financoas_proj_de_lei_complementar.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1356/parecer_orcoamento_e_financoas_proj_004-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1375/parecer_orcamento_e_financas_proj_06-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1383/parecer_proj_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1384/parecer_proj_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1391/parecer_proj_no_010_orccamento_e_financas.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1307/projeto_de_resolucao_001_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1342/requerimento_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1343/requerimento_n_02-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1344/requerimento_n_03-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1345/requerimento_n_04-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1346/requerimento_n_05-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1347/requerimento_n_06-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1348/requerimento_n_07-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1349/requerimento_n_08-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1334/requerimentos_marco_1.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1335/requerimentos_marco_2.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1358/requerimento_n_11-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1359/requerimento_n_12-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1360/requerimento_n_13-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1361/requerimento_n_14-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1362/requerimento_n_15-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1363/requerimento_n_16-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1364/requerimento_n_17-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1365/requerimento_n_18-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1366/requerimento_n_19-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1367/requerimento_n_20-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1368/requerimento_n_21-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1369/requerimento_n_22-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1370/requerimento_n_23-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1371/requerimento_n_24-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1372/requerimento_n_25-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1373/requerimento_n_26-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1374/requerimento_no_27-08-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1390/requerimento_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1352/indicacoaao_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1357/indicacao_n_02-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1336/autografo_de_lei_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1337/autografo_de_lei_n_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1331/autografo_de_lei_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1350/autougrafo_de_lei_n_04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1351/autougrafo_de_lei_n_05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1377/autografo_de_lei_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1378/autografo_de_lei_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1379/autografo_de_lei_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1380/autografo_de_lei_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1381/autografo_de_lei_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1382/autografo_de_lei_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1392/autografo_de_lei_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1397/autografo_de_lei_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1398/autografo_de_lei_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1399/autografo_de_lei_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1400/autografo_de_lei_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1401/autografo_de_lei_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1305/parecer_da_comissao_de_justica.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1332/parecer_constituicao_e_justica_proj_001-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1338/parecer_constituicao_e_justica_proj_003-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1339/parecer_contituicao_e_justica_proj_002-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1353/parecer_constituicoaao_e_justicoa_proj_de_lei_complementar.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1354/parecer_constituicoaao_e_justicoa_proj_004-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1376/parecer_constituicao_e_justica_proj_06-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1385/parecer_01.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1386/parecer_02.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1387/parecer_03.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1388/parecer_04.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1389/parecer_05.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1393/parecer_proj_no_010_constituicao_e_justica.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1396/parecer_constituicao_e_justica_proj_014_e_015-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1402/parecer_constituicao_e_justica_proj_no_011.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1403/parecer_constituicao_e_justica_proj_no_012.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1404/parecer_constituicao_e_justica_proj_no_013.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1306/parece_da_comissao_financas.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1333/parecer_orcamento_e_financas_proj_001-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1340/parecer_orcamento_e_financas_proj_002-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1341/parecer_orcamento_e_financas_proj_003-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1355/parecer_orcoamento_e_financoas_proj_de_lei_complementar.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1356/parecer_orcoamento_e_financoas_proj_004-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1375/parecer_orcamento_e_financas_proj_06-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1383/parecer_proj_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1384/parecer_proj_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1391/parecer_proj_no_010_orccamento_e_financas.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1395/parecer_orcamento_e_financas_proj_014_e_015-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1405/perecer_orcamento_e_financas_proj_no_011.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1406/perecer_orcamento_e_financas_proj_no_012.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1407/perecer_orcamento_e_financas_proj_no_013.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1307/projeto_de_resolucao_001_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1342/requerimento_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1343/requerimento_n_02-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1344/requerimento_n_03-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1345/requerimento_n_04-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1346/requerimento_n_05-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1347/requerimento_n_06-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1348/requerimento_n_07-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1349/requerimento_n_08-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1334/requerimentos_marco_1.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1335/requerimentos_marco_2.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1358/requerimento_n_11-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1359/requerimento_n_12-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1360/requerimento_n_13-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1361/requerimento_n_14-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1362/requerimento_n_15-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1363/requerimento_n_16-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1364/requerimento_n_17-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1365/requerimento_n_18-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1366/requerimento_n_19-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1367/requerimento_n_20-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1368/requerimento_n_21-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1369/requerimento_n_22-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1370/requerimento_n_23-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1371/requerimento_n_24-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1372/requerimento_n_25-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1373/requerimento_n_26-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1374/requerimento_no_27-08-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1390/requerimento_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1394/requerimento_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1352/indicacoaao_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodosbois.to.leg.br/media/sapl/public/materialegislativa/2025/1357/indicacao_n_02-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H67"/>
+  <dimension ref="A1:H81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="47.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="164.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="133.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -1499,1444 +1631,1808 @@
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>12</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>59</v>
       </c>
       <c r="H13" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>61</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>10</v>
+        <v>62</v>
       </c>
       <c r="D14" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="F14" t="s">
+      <c r="H14" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="B15" t="s">
-[...14 lines deleted...]
-      <c r="G15" s="1" t="s">
+      <c r="H15" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
         <v>70</v>
       </c>
-      <c r="B16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>71</v>
       </c>
       <c r="H16" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>73</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>25</v>
+        <v>74</v>
       </c>
       <c r="D17" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="H17" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="D18" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="H18" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="E19" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="F19" t="s">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="H19" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="D20" t="s">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="E20" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="F20" t="s">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="H20" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>91</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>21</v>
+      </c>
+      <c r="D21" t="s">
+        <v>83</v>
+      </c>
+      <c r="E21" t="s">
+        <v>84</v>
+      </c>
+      <c r="F21" t="s">
         <v>85</v>
       </c>
-      <c r="B21" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G21" s="1" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H21" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>46</v>
+        <v>25</v>
       </c>
       <c r="D22" t="s">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="E22" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="F22" t="s">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="H22" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="D23" t="s">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="E23" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="F23" t="s">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="H23" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="D24" t="s">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="E24" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="F24" t="s">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="H24" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="D25" t="s">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="E25" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="F25" t="s">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="H25" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>101</v>
+        <v>42</v>
       </c>
       <c r="D26" t="s">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="E26" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="F26" t="s">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="H26" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="D27" t="s">
-        <v>105</v>
+        <v>83</v>
       </c>
       <c r="E27" t="s">
-        <v>106</v>
+        <v>84</v>
       </c>
       <c r="F27" t="s">
-        <v>107</v>
+        <v>85</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="H27" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="D28" t="s">
-        <v>105</v>
+        <v>83</v>
       </c>
       <c r="E28" t="s">
-        <v>106</v>
+        <v>84</v>
       </c>
       <c r="F28" t="s">
-        <v>107</v>
+        <v>85</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="H28" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="D29" t="s">
-        <v>105</v>
+        <v>83</v>
       </c>
       <c r="E29" t="s">
-        <v>106</v>
+        <v>84</v>
       </c>
       <c r="F29" t="s">
-        <v>107</v>
+        <v>85</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="H29" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="D30" t="s">
-        <v>105</v>
+        <v>83</v>
       </c>
       <c r="E30" t="s">
-        <v>106</v>
+        <v>84</v>
       </c>
       <c r="F30" t="s">
-        <v>107</v>
+        <v>85</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="H30" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="D31" t="s">
-        <v>105</v>
+        <v>83</v>
       </c>
       <c r="E31" t="s">
-        <v>106</v>
+        <v>84</v>
       </c>
       <c r="F31" t="s">
-        <v>107</v>
+        <v>85</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="H31" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="D32" t="s">
-        <v>105</v>
+        <v>83</v>
       </c>
       <c r="E32" t="s">
-        <v>106</v>
+        <v>84</v>
       </c>
       <c r="F32" t="s">
-        <v>107</v>
+        <v>85</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="H32" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="D33" t="s">
-        <v>105</v>
+        <v>83</v>
       </c>
       <c r="E33" t="s">
-        <v>106</v>
+        <v>84</v>
       </c>
       <c r="F33" t="s">
-        <v>107</v>
+        <v>85</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="H33" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="D34" t="s">
-        <v>105</v>
+        <v>83</v>
       </c>
       <c r="E34" t="s">
-        <v>106</v>
+        <v>84</v>
       </c>
       <c r="F34" t="s">
-        <v>107</v>
+        <v>85</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="H34" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>46</v>
+        <v>79</v>
       </c>
       <c r="D35" t="s">
-        <v>105</v>
+        <v>83</v>
       </c>
       <c r="E35" t="s">
-        <v>106</v>
+        <v>84</v>
       </c>
       <c r="F35" t="s">
-        <v>107</v>
+        <v>85</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="H35" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>105</v>
+        <v>137</v>
       </c>
       <c r="E36" t="s">
-        <v>106</v>
+        <v>138</v>
       </c>
       <c r="F36" t="s">
-        <v>107</v>
+        <v>139</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="H36" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>142</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>17</v>
+      </c>
+      <c r="D37" t="s">
         <v>137</v>
       </c>
-      <c r="B37" t="s">
-[...5 lines deleted...]
-      <c r="D37" t="s">
+      <c r="E37" t="s">
         <v>138</v>
       </c>
-      <c r="E37" t="s">
+      <c r="F37" t="s">
         <v>139</v>
       </c>
-      <c r="F37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G37" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="H37" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D38" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="E38" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="F38" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>146</v>
       </c>
       <c r="H38" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>148</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="D39" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="E39" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="F39" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>149</v>
       </c>
       <c r="H39" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>151</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="D40" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="E40" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="F40" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>152</v>
       </c>
       <c r="H40" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>154</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="D41" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="E41" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="F41" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>155</v>
       </c>
       <c r="H41" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>157</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="D42" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="E42" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="F42" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>158</v>
       </c>
       <c r="H42" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>160</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="D43" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="E43" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="F43" t="s">
+        <v>139</v>
+      </c>
+      <c r="G43" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="G43" s="1" t="s">
+      <c r="H43" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>163</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>46</v>
+      </c>
+      <c r="D44" t="s">
+        <v>137</v>
+      </c>
+      <c r="E44" t="s">
+        <v>138</v>
+      </c>
+      <c r="F44" t="s">
+        <v>139</v>
+      </c>
+      <c r="G44" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="B44" t="s">
-[...14 lines deleted...]
-      <c r="G44" s="1" t="s">
+      <c r="H44" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>166</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>50</v>
+      </c>
+      <c r="D45" t="s">
+        <v>137</v>
+      </c>
+      <c r="E45" t="s">
+        <v>138</v>
+      </c>
+      <c r="F45" t="s">
+        <v>139</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="B45" t="s">
-[...14 lines deleted...]
-      <c r="G45" s="1" t="s">
+      <c r="H45" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>169</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>54</v>
+      </c>
+      <c r="D46" t="s">
+        <v>137</v>
+      </c>
+      <c r="E46" t="s">
+        <v>138</v>
+      </c>
+      <c r="F46" t="s">
+        <v>139</v>
+      </c>
+      <c r="G46" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="B46" t="s">
-[...11 lines deleted...]
-      <c r="F46" t="s">
+      <c r="H46" t="s">
         <v>171</v>
-      </c>
-[...4 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>172</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>58</v>
+      </c>
+      <c r="D47" t="s">
+        <v>137</v>
+      </c>
+      <c r="E47" t="s">
+        <v>138</v>
+      </c>
+      <c r="F47" t="s">
+        <v>139</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="H47" t="s">
         <v>174</v>
-      </c>
-[...19 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="D48" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="E48" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="F48" t="s">
-        <v>175</v>
+        <v>139</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="H48" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="D49" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="E49" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="F49" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="H49" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>181</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>10</v>
+      </c>
+      <c r="D50" t="s">
+        <v>182</v>
+      </c>
+      <c r="E50" t="s">
+        <v>183</v>
+      </c>
+      <c r="F50" t="s">
+        <v>34</v>
+      </c>
+      <c r="G50" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="B50" t="s">
-[...11 lines deleted...]
-      <c r="F50" t="s">
+      <c r="H50" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>186</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>10</v>
+      </c>
+      <c r="D51" t="s">
+        <v>187</v>
+      </c>
+      <c r="E51" t="s">
         <v>188</v>
       </c>
-      <c r="B51" t="s">
-[...2 lines deleted...]
-      <c r="C51" t="s">
+      <c r="F51" t="s">
         <v>189</v>
       </c>
-      <c r="D51" t="s">
-[...5 lines deleted...]
-      <c r="F51" t="s">
+      <c r="G51" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="G51" s="1" t="s">
+      <c r="H51" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>192</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>17</v>
+      </c>
+      <c r="D52" t="s">
+        <v>187</v>
+      </c>
+      <c r="E52" t="s">
+        <v>188</v>
+      </c>
+      <c r="F52" t="s">
+        <v>189</v>
+      </c>
+      <c r="G52" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="B52" t="s">
-[...2 lines deleted...]
-      <c r="C52" t="s">
+      <c r="H52" t="s">
         <v>194</v>
-      </c>
-[...13 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>195</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>21</v>
+      </c>
+      <c r="D53" t="s">
+        <v>187</v>
+      </c>
+      <c r="E53" t="s">
+        <v>188</v>
+      </c>
+      <c r="F53" t="s">
+        <v>189</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="H53" t="s">
         <v>197</v>
-      </c>
-[...19 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>202</v>
+        <v>25</v>
       </c>
       <c r="D54" t="s">
-        <v>143</v>
+        <v>187</v>
       </c>
       <c r="E54" t="s">
-        <v>144</v>
+        <v>188</v>
       </c>
       <c r="F54" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="H54" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>206</v>
+        <v>29</v>
       </c>
       <c r="D55" t="s">
-        <v>143</v>
+        <v>187</v>
       </c>
       <c r="E55" t="s">
-        <v>144</v>
+        <v>188</v>
       </c>
       <c r="F55" t="s">
-        <v>161</v>
+        <v>189</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="H55" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>210</v>
+        <v>33</v>
       </c>
       <c r="D56" t="s">
-        <v>143</v>
+        <v>187</v>
       </c>
       <c r="E56" t="s">
-        <v>144</v>
+        <v>188</v>
       </c>
       <c r="F56" t="s">
-        <v>145</v>
+        <v>205</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="H56" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>214</v>
+        <v>38</v>
       </c>
       <c r="D57" t="s">
-        <v>143</v>
+        <v>187</v>
       </c>
       <c r="E57" t="s">
-        <v>144</v>
+        <v>188</v>
       </c>
       <c r="F57" t="s">
-        <v>171</v>
+        <v>189</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="H57" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>218</v>
+        <v>42</v>
       </c>
       <c r="D58" t="s">
-        <v>143</v>
+        <v>187</v>
       </c>
       <c r="E58" t="s">
-        <v>144</v>
+        <v>188</v>
       </c>
       <c r="F58" t="s">
-        <v>171</v>
+        <v>189</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="H58" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>222</v>
+        <v>46</v>
       </c>
       <c r="D59" t="s">
-        <v>143</v>
+        <v>187</v>
       </c>
       <c r="E59" t="s">
-        <v>144</v>
+        <v>188</v>
       </c>
       <c r="F59" t="s">
-        <v>161</v>
+        <v>215</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="H59" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>226</v>
+        <v>50</v>
       </c>
       <c r="D60" t="s">
-        <v>143</v>
+        <v>187</v>
       </c>
       <c r="E60" t="s">
-        <v>144</v>
+        <v>188</v>
       </c>
       <c r="F60" t="s">
-        <v>145</v>
+        <v>219</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
       <c r="H60" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>230</v>
+        <v>54</v>
       </c>
       <c r="D61" t="s">
-        <v>143</v>
+        <v>187</v>
       </c>
       <c r="E61" t="s">
-        <v>144</v>
+        <v>188</v>
       </c>
       <c r="F61" t="s">
-        <v>171</v>
+        <v>219</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>231</v>
+        <v>223</v>
       </c>
       <c r="H61" t="s">
-        <v>232</v>
+        <v>224</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>234</v>
+        <v>58</v>
       </c>
       <c r="D62" t="s">
-        <v>143</v>
+        <v>187</v>
       </c>
       <c r="E62" t="s">
-        <v>144</v>
+        <v>188</v>
       </c>
       <c r="F62" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>235</v>
+        <v>226</v>
       </c>
       <c r="H62" t="s">
-        <v>236</v>
+        <v>227</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>237</v>
+        <v>228</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>238</v>
+        <v>62</v>
       </c>
       <c r="D63" t="s">
-        <v>143</v>
+        <v>187</v>
       </c>
       <c r="E63" t="s">
-        <v>144</v>
+        <v>188</v>
       </c>
       <c r="F63" t="s">
-        <v>239</v>
+        <v>229</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="H63" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>242</v>
+        <v>232</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>243</v>
+        <v>66</v>
       </c>
       <c r="D64" t="s">
-        <v>143</v>
+        <v>187</v>
       </c>
       <c r="E64" t="s">
-        <v>144</v>
+        <v>188</v>
       </c>
       <c r="F64" t="s">
-        <v>175</v>
+        <v>233</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>244</v>
+        <v>234</v>
       </c>
       <c r="H64" t="s">
-        <v>245</v>
+        <v>235</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>246</v>
+        <v>236</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>247</v>
+        <v>70</v>
       </c>
       <c r="D65" t="s">
-        <v>143</v>
+        <v>187</v>
       </c>
       <c r="E65" t="s">
-        <v>144</v>
+        <v>188</v>
       </c>
       <c r="F65" t="s">
-        <v>175</v>
+        <v>189</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>248</v>
+        <v>237</v>
       </c>
       <c r="H65" t="s">
-        <v>249</v>
+        <v>238</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>250</v>
+        <v>239</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="D66" t="s">
-        <v>251</v>
+        <v>187</v>
       </c>
       <c r="E66" t="s">
-        <v>252</v>
+        <v>188</v>
       </c>
       <c r="F66" t="s">
-        <v>175</v>
+        <v>219</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>253</v>
+        <v>240</v>
       </c>
       <c r="H66" t="s">
-        <v>254</v>
+        <v>241</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>242</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>79</v>
+      </c>
+      <c r="D67" t="s">
+        <v>187</v>
+      </c>
+      <c r="E67" t="s">
+        <v>188</v>
+      </c>
+      <c r="F67" t="s">
+        <v>233</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="H67" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>245</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>246</v>
+      </c>
+      <c r="D68" t="s">
+        <v>187</v>
+      </c>
+      <c r="E68" t="s">
+        <v>188</v>
+      </c>
+      <c r="F68" t="s">
+        <v>205</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="H68" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>249</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>250</v>
+      </c>
+      <c r="D69" t="s">
+        <v>187</v>
+      </c>
+      <c r="E69" t="s">
+        <v>188</v>
+      </c>
+      <c r="F69" t="s">
+        <v>189</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="H69" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>253</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>254</v>
+      </c>
+      <c r="D70" t="s">
+        <v>187</v>
+      </c>
+      <c r="E70" t="s">
+        <v>188</v>
+      </c>
+      <c r="F70" t="s">
+        <v>215</v>
+      </c>
+      <c r="G70" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="B67" t="s">
-[...2 lines deleted...]
-      <c r="C67" t="s">
+      <c r="H70" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>257</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>258</v>
+      </c>
+      <c r="D71" t="s">
+        <v>187</v>
+      </c>
+      <c r="E71" t="s">
+        <v>188</v>
+      </c>
+      <c r="F71" t="s">
+        <v>215</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="H71" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>261</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>262</v>
+      </c>
+      <c r="D72" t="s">
+        <v>187</v>
+      </c>
+      <c r="E72" t="s">
+        <v>188</v>
+      </c>
+      <c r="F72" t="s">
+        <v>205</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="H72" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>265</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>266</v>
+      </c>
+      <c r="D73" t="s">
+        <v>187</v>
+      </c>
+      <c r="E73" t="s">
+        <v>188</v>
+      </c>
+      <c r="F73" t="s">
+        <v>189</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="H73" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>269</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>270</v>
+      </c>
+      <c r="D74" t="s">
+        <v>187</v>
+      </c>
+      <c r="E74" t="s">
+        <v>188</v>
+      </c>
+      <c r="F74" t="s">
+        <v>215</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H74" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>273</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>274</v>
+      </c>
+      <c r="D75" t="s">
+        <v>187</v>
+      </c>
+      <c r="E75" t="s">
+        <v>188</v>
+      </c>
+      <c r="F75" t="s">
+        <v>233</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="H75" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>277</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>278</v>
+      </c>
+      <c r="D76" t="s">
+        <v>187</v>
+      </c>
+      <c r="E76" t="s">
+        <v>188</v>
+      </c>
+      <c r="F76" t="s">
+        <v>279</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="H76" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>282</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>283</v>
+      </c>
+      <c r="D77" t="s">
+        <v>187</v>
+      </c>
+      <c r="E77" t="s">
+        <v>188</v>
+      </c>
+      <c r="F77" t="s">
+        <v>219</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="H77" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>286</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>287</v>
+      </c>
+      <c r="D78" t="s">
+        <v>187</v>
+      </c>
+      <c r="E78" t="s">
+        <v>188</v>
+      </c>
+      <c r="F78" t="s">
+        <v>219</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="H78" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>290</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>291</v>
+      </c>
+      <c r="D79" t="s">
+        <v>187</v>
+      </c>
+      <c r="E79" t="s">
+        <v>188</v>
+      </c>
+      <c r="F79" t="s">
+        <v>219</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="H79" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>294</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>10</v>
+      </c>
+      <c r="D80" t="s">
+        <v>295</v>
+      </c>
+      <c r="E80" t="s">
+        <v>296</v>
+      </c>
+      <c r="F80" t="s">
+        <v>219</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="H80" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>299</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
         <v>17</v>
       </c>
-      <c r="D67" t="s">
-[...12 lines deleted...]
-        <v>257</v>
+      <c r="D81" t="s">
+        <v>295</v>
+      </c>
+      <c r="E81" t="s">
+        <v>296</v>
+      </c>
+      <c r="F81" t="s">
+        <v>279</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="H81" t="s">
+        <v>301</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -2963,50 +3459,64 @@
     <hyperlink ref="G43" r:id="rId42"/>
     <hyperlink ref="G44" r:id="rId43"/>
     <hyperlink ref="G45" r:id="rId44"/>
     <hyperlink ref="G46" r:id="rId45"/>
     <hyperlink ref="G47" r:id="rId46"/>
     <hyperlink ref="G48" r:id="rId47"/>
     <hyperlink ref="G49" r:id="rId48"/>
     <hyperlink ref="G50" r:id="rId49"/>
     <hyperlink ref="G51" r:id="rId50"/>
     <hyperlink ref="G52" r:id="rId51"/>
     <hyperlink ref="G53" r:id="rId52"/>
     <hyperlink ref="G54" r:id="rId53"/>
     <hyperlink ref="G55" r:id="rId54"/>
     <hyperlink ref="G56" r:id="rId55"/>
     <hyperlink ref="G57" r:id="rId56"/>
     <hyperlink ref="G58" r:id="rId57"/>
     <hyperlink ref="G59" r:id="rId58"/>
     <hyperlink ref="G60" r:id="rId59"/>
     <hyperlink ref="G61" r:id="rId60"/>
     <hyperlink ref="G62" r:id="rId61"/>
     <hyperlink ref="G63" r:id="rId62"/>
     <hyperlink ref="G64" r:id="rId63"/>
     <hyperlink ref="G65" r:id="rId64"/>
     <hyperlink ref="G66" r:id="rId65"/>
     <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>